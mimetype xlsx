--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88cdb1cd1767422f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2542bed531dd4abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4804c880bfc142b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd289d647c9f74e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd481fd7bee1480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4804c880bfc142b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c149893dbe4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd289d647c9f74e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend CF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>103,416</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,173</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>