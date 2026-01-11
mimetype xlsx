--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2542bed531dd4abb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f2f5c1fad84eaa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd289d647c9f74e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd34b8207b1745d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c149893dbe4238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd289d647c9f74e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d59096797be406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd34b8207b1745d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend CF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,598 +149,166 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>106,507</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,189</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...361 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,801</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,945</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>