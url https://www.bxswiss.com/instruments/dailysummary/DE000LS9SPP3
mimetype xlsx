--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11f2f5c1fad84eaa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a1078441f24f5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd34b8207b1745d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ab9ce4712a4ed4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d59096797be406b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd34b8207b1745d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf247f18c094618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ab9ce4712a4ed4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend CF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>107,509</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,992</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>108,010</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>