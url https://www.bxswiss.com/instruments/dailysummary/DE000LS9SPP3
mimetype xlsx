--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24a1078441f24f5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R782eb229d7484fdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7ab9ce4712a4ed4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refff32ac41d64fe3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcf247f18c094618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7ab9ce4712a4ed4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea5fa8c79330440f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refff32ac41d64fe3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividend CF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SPP3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,049</x:t>
-[...48 lines deleted...]
-          <x:t>108,474</x:t>
+          <x:t>108,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,594</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,412</x:t>
-[...193 lines deleted...]
-          <x:t>109,404</x:t>
+          <x:t>110,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,004</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>