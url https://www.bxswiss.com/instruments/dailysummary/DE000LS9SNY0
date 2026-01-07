--- v0 (2025-10-25)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb924c6e2e0da4664" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4731de1d8ce54569" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R631dee7e33e94814"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13b01a9a47f4e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5302a32bc9174147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R631dee7e33e94814" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830f49ec9dc3423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13b01a9a47f4e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>97,779</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,309</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>