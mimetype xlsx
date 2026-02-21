--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4731de1d8ce54569" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94418ef94e284b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf13b01a9a47f4e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ce589909e64df0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R830f49ec9dc3423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf13b01a9a47f4e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0803955515464e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ce589909e64df0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>111,309</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,119</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>