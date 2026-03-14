--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94418ef94e284b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5b7eeb3a51e4b53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ce589909e64df0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf569343e83464825"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0803955515464e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ce589909e64df0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fd04cac3142445d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf569343e83464825" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Unterbewertete Chancen Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNY0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>