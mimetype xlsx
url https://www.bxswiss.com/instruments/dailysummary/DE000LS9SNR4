--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5a085f16e184ba5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746349dddd8c41fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e07a3c1569346f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55a6deb599354392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a4800c623994752" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e07a3c1569346f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920734c481b545c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55a6deb599354392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Save The Ocean</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>68,143</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,945</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>