--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R746349dddd8c41fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb38ba6f9b64c4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55a6deb599354392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1341100a3f87407c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R920734c481b545c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55a6deb599354392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff55cefd21d437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1341100a3f87407c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Save The Ocean</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>65,671</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>65,625</x:t>
-[...485 lines deleted...]
-          <x:t>65,945</x:t>
+          <x:t>64,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>