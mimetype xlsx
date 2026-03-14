--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb38ba6f9b64c4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d07be855c8d4fd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1341100a3f87407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R032b1513ef0b4177"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcff55cefd21d437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1341100a3f87407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57941febd91a459d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R032b1513ef0b4177" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Save The Ocean</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNR4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,001</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,102</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>