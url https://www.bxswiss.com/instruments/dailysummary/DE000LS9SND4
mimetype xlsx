--- v0 (2025-10-05)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4236db0bb7b24051" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f571ff51f684a21" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R856991b0cbb74c4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a4081018124154"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2be3b2b8d25a4a97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R856991b0cbb74c4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7412b0d31f034802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a4081018124154" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Genetic Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SND4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>43,240</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>