--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f571ff51f684a21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe66f10fc9c84398" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a4081018124154"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd318e1bd844894"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7412b0d31f034802" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a4081018124154" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d2d8e80bc04281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd318e1bd844894" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Genetic Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SND4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,908</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,751</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>