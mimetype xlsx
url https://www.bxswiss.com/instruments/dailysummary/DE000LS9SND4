--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe66f10fc9c84398" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932e5063b6934a83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd318e1bd844894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7e67b87df55428a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra6d2d8e80bc04281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd318e1bd844894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78505f843e96482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7e67b87df55428a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Genetic Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SND4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>48,662</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>48,513</x:t>
-[...382 lines deleted...]
-          <x:t>46,751</x:t>
+          <x:t>48,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>