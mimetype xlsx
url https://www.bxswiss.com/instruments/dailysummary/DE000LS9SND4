--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R932e5063b6934a83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b4c818f79994de5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7e67b87df55428a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b7dec840ac24405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78505f843e96482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7e67b87df55428a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cace0c67e2c48f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b7dec840ac24405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Biotech Genetic Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SND4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>45,066</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,698</x:t>
-[...296 lines deleted...]
-          <x:t>49,250</x:t>
+          <x:t>43,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>