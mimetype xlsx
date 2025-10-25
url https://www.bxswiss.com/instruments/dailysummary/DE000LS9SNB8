--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7b5d1b2db1b45e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18985fa547c4166" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a10eafb2d2d4ffc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd99ad5dc1c5c4f38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc99f277c024a41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a10eafb2d2d4ffc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae9780208f5e4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd99ad5dc1c5c4f38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>