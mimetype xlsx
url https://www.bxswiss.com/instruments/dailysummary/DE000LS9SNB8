--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18985fa547c4166" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0185f49c048f4838" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd99ad5dc1c5c4f38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d59bbb911545c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae9780208f5e4c9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd99ad5dc1c5c4f38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e9f5b2d67d451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d59bbb911545c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>107,557</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,039</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>