--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0185f49c048f4838" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R702caa461e944a6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7d59bbb911545c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9c1e13c5284ff3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e9f5b2d67d451e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7d59bbb911545c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc119b413f8d4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9c1e13c5284ff3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,390</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>105,808</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,412</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>