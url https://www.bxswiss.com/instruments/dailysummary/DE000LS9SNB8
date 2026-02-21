--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R702caa461e944a6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d031e3900a4a1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae9c1e13c5284ff3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363b1ce57e5340d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc119b413f8d4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae9c1e13c5284ff3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60146ee96b240bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363b1ce57e5340d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>106,421</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>