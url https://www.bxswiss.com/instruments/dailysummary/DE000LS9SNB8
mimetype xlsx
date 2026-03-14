--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7d031e3900a4a1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ab0403565f54783" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363b1ce57e5340d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdd4d86e91904be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc60146ee96b240bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363b1ce57e5340d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra694380be7064cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdd4d86e91904be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Hidden Value International</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SNB8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,997</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>