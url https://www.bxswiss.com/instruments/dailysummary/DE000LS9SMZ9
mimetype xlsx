--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcab20a65fef7436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ae413f4cf84089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea18a3fdb7b3411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c8b8bffbc3473b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R450791468f7e4cfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea18a3fdb7b3411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9b49b3fb0a4221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c8b8bffbc3473b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MullhollandDrive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>400,676</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,927</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>