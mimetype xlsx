--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05ae413f4cf84089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbc1e89eeed4860" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c8b8bffbc3473b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181aacc64cb5444b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf9b49b3fb0a4221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c8b8bffbc3473b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97bd5bd34da2417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181aacc64cb5444b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MullhollandDrive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>372,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,818</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>371,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>374,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>370,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>372,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>