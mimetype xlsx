--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbdbc1e89eeed4860" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9cfaf53c3843ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R181aacc64cb5444b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fba726ffc664941"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97bd5bd34da2417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R181aacc64cb5444b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0143b966cc4a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fba726ffc664941" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MullhollandDrive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>391,792</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>373,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>