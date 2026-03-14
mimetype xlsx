--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a9cfaf53c3843ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d814851e0cf4cac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fba726ffc664941"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9855d5e4ba94d94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d0143b966cc4a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fba726ffc664941" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75fc7f3e25e2406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9855d5e4ba94d94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MullhollandDrive</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>434,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>443,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>450,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>