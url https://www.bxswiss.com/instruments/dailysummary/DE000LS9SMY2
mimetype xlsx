--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cd8d0fafb014935" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800c88a671064812" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd628343b0a74065"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e09725fcf694d14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe90d091de9f41e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd628343b0a74065" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5fc0afd3e914a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e09725fcf694d14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Freewheeler Big Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>191,868</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>