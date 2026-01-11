--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R800c88a671064812" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc49edd21b8469d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e09725fcf694d14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4181e656de3c4531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5fc0afd3e914a63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e09725fcf694d14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1447685dc6b4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4181e656de3c4531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Freewheeler Big Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,121</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>