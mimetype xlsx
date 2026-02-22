--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbc49edd21b8469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cf6619dce347a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4181e656de3c4531"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4358db1729704dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1447685dc6b4b6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4181e656de3c4531" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10704866156f4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4358db1729704dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Freewheeler Big Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>196,180</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>