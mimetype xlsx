--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5cf6619dce347a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0483c677b8014c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4358db1729704dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R94f8f1466ee644d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10704866156f4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4358db1729704dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc894acc52073447b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R94f8f1466ee644d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Freewheeler Big Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMY2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>190,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,981</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>