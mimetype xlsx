--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2d5a82154574252" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c4a062cb924d5f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re107b5ee5528480a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a27ad73d7c44e4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2366c134efe549ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re107b5ee5528480a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdedd71efbbd64e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a27ad73d7c44e4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InfinityWW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>