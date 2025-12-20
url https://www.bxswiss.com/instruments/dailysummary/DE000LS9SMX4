--- v1 (2025-11-01)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82c4a062cb924d5f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778c7e828eef486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a27ad73d7c44e4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54681b6d5eec488b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdedd71efbbd64e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a27ad73d7c44e4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec217e2ae5a14cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54681b6d5eec488b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InfinityWW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>150,253</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,885</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>