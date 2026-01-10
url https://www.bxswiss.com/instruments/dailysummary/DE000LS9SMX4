--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R778c7e828eef486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a179f4db9e40e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54681b6d5eec488b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd93b7c2a31ee4f71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec217e2ae5a14cd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54681b6d5eec488b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e4398fbeec14276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd93b7c2a31ee4f71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InfinityWW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,204</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>