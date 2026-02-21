--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8a179f4db9e40e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a1cb61f982432d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd93b7c2a31ee4f71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra81b22230bce40a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e4398fbeec14276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd93b7c2a31ee4f71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0e2c811f0bf4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra81b22230bce40a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InfinityWW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>158,055</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>