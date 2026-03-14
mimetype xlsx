--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6a1cb61f982432d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b1b0384aeed494a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra81b22230bce40a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd47c0939d4ce473a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0e2c811f0bf4f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra81b22230bce40a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3efc79e97bd4ba6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd47c0939d4ce473a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>InfinityWW</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>172,989</x:t>
-[...549 lines deleted...]
-          <x:t>169,880</x:t>
+          <x:t>168,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>