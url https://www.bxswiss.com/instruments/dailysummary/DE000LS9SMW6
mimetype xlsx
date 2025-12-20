--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re62dd019ee37490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55c4d9566df441c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b8c372455b145d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d91df8749d473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3703c88f7cd24c28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b8c372455b145d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad156c3ef0b74f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d91df8749d473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere und nachhaltige Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,653 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...33 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,154</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>59,054</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>