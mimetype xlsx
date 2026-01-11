--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55c4d9566df441c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95646aa2732345c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6d91df8749d473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd5ac174d4f4488"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad156c3ef0b74f92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6d91df8749d473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7540737c319e459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd5ac174d4f4488" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere und nachhaltige Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,678</x:t>
-[...318 lines deleted...]
-          <x:t>59,534</x:t>
+          <x:t>59,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,667</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>59,254</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,719</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>