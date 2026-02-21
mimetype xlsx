--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95646aa2732345c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a30e8e36a224ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dd5ac174d4f4488"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe4eb7ed7b64e9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7540737c319e459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dd5ac174d4f4488" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03bab18e6f7641cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe4eb7ed7b64e9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere und nachhaltige Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...122 lines deleted...]
-          <x:t>59,082</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,282</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>59,719</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,218</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>