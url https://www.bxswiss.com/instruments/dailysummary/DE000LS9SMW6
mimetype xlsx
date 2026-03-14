--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a30e8e36a224ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7eddafb2cf64d62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbe4eb7ed7b64e9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcb86c8508aa4501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03bab18e6f7641cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbe4eb7ed7b64e9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55f226bf30f94550" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcb86c8508aa4501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Saubere und nachhaltige Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,633 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...158 lines deleted...]
-          <x:t>59,780</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,284</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...288 lines deleted...]
-          <x:t>58,957</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,680</x:t>
-[...134 lines deleted...]
-          <x:t>59,218</x:t>
+          <x:t>59,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,616</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>