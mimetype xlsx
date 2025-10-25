--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf5cab40da3a4c46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd26ba9d87441ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2b9c981d50147f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8529414c8c1a4a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re72d1415aac64a53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2b9c981d50147f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9114a6fc7c14c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8529414c8c1a4a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Deutsche Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>09.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,199</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,446</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>94,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,392</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,623</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,540</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>