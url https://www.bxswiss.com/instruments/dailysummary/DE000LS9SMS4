--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd26ba9d87441ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41cd20ca107a4a29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8529414c8c1a4a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76c6662205c4a74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9114a6fc7c14c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8529414c8c1a4a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f132bb594064e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76c6662205c4a74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Deutsche Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>90,361</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,788</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>