--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41cd20ca107a4a29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53156afe38304ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd76c6662205c4a74"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a87ca4f666541b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f132bb594064e9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd76c6662205c4a74" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7844b6764a334fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a87ca4f666541b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Deutsche Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,788</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>