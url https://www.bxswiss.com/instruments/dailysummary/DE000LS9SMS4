--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53156afe38304ac3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Radcbf98ee1a748b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a87ca4f666541b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8490bb93ac8741b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7844b6764a334fbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a87ca4f666541b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6aa15f1fa6a4cce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8490bb93ac8741b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>LAS Deutsche Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMS4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>