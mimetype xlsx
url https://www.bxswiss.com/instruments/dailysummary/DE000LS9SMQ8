--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R736c34f1870f4586" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f4032d6bfe4e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67e877092cf94468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f61900badeb43fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d68b6f5668840fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67e877092cf94468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd646e96338cf42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f61900badeb43fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>96,550</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,202</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>100,051</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,627</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>98,688</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,786</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>