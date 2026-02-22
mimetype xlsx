--- v1 (2025-10-31)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0f4032d6bfe4e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4781c0577a5543c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f61900badeb43fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76eb98c6d3f14dcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd646e96338cf42ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f61900badeb43fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6014cdba304529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76eb98c6d3f14dcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,786</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>