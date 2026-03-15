--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4781c0577a5543c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4554193e22e4eab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76eb98c6d3f14dcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba449925af14b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a6014cdba304529" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76eb98c6d3f14dcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ea599c55d8f425f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba449925af14b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Turnaround-Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMQ8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...166 lines deleted...]
-          <x:t>104,770</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...438 lines deleted...]
-          <x:t>104,990</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,537</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>