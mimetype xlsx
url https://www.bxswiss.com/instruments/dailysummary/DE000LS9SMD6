--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5b6c23c099494b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a3aecc457c45d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bc3a6152bf4dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e8b0902dfbe4f7f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R952ddc24cbb74394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bc3a6152bf4dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b89fd6f820441cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e8b0902dfbe4f7f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,361</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>