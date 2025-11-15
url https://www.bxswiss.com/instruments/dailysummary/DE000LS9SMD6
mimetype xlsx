--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a3aecc457c45d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cb70531a70a435d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e8b0902dfbe4f7f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae37eb12bc794a92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b89fd6f820441cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e8b0902dfbe4f7f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f81b2b93fb4777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae37eb12bc794a92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,573</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,819</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,359</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>