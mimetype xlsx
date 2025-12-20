--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cb70531a70a435d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0470d9b41e4940b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae37eb12bc794a92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f09934c20b448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51f81b2b93fb4777" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae37eb12bc794a92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1adc027a31442e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f09934c20b448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>160,230</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>