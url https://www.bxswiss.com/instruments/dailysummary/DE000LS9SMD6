--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0470d9b41e4940b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d7e0fd2f41d40fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5f09934c20b448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ddd7c58c76441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1adc027a31442e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5f09934c20b448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1d124889b342d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ddd7c58c76441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>155,698</x:t>
-[...408 lines deleted...]
-        <x:is>
           <x:t>153,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,493</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>