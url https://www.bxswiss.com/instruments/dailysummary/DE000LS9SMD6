--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d7e0fd2f41d40fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e216f47424430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69ddd7c58c76441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3679997af9b94e5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b1d124889b342d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69ddd7c58c76441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea5e04ac80e4251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3679997af9b94e5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>168,307</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>