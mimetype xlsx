--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10e216f47424430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde93dc5ed426464b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3679997af9b94e5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72ab475d196043f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcea5e04ac80e4251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3679997af9b94e5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b34332968ea4476" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72ab475d196043f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividendenaktien Deutschland</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SMD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,237</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>160,041</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,053</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>