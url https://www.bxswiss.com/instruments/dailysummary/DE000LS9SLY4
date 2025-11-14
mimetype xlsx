--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf892e97d72946a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ea6750d6054e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reed2471035a640bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4059825f85f04c95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bf8ea3b2ab948ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reed2471035a640bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d2ff827aaf430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4059825f85f04c95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart-Chancen-Schach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>150,748</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,197</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...440 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>