--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6ea6750d6054e89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a0706ceb844e89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4059825f85f04c95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb78e63cd834e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2d2ff827aaf430a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4059825f85f04c95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d452929bcb414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb78e63cd834e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart-Chancen-Schach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>151,071</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...212 lines deleted...]
-          <x:t>153,430</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,184</x:t>
-[...357 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,469</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>151,190</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>