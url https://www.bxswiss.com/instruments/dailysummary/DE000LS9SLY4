--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60a0706ceb844e89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7cc338e4084e95" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bb78e63cd834e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca71105a9cff454b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7d452929bcb414d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bb78e63cd834e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc4dc896bf64a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca71105a9cff454b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart-Chancen-Schach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,819</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>152,507</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,177</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>152,980</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>