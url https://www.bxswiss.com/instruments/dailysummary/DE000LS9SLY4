--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7cc338e4084e95" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19218b7838b64ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca71105a9cff454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a6fc3d9b1d4726"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cc4dc896bf64a21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca71105a9cff454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446bd4196e474fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a6fc3d9b1d4726" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart-Chancen-Schach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>153,069</x:t>
-[...252 lines deleted...]
-          <x:t>155,496</x:t>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>