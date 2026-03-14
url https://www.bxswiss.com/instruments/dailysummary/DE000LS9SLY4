--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19218b7838b64ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25c40ec1f7e245b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a6fc3d9b1d4726"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67ac4b9ce8c24a8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446bd4196e474fd2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a6fc3d9b1d4726" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37f40efb80934454" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67ac4b9ce8c24a8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Chart-Chancen-Schach</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLY4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,161</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>