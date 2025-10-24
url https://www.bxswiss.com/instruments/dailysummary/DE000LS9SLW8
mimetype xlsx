--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d800d62eef64e18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc106ab23454404" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc4ca5638dd4255"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra26ab4db5d374755"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb422c9b6b7f4ce9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc4ca5638dd4255" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62865c99e2e24055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra26ab4db5d374755" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gambling and Betting World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,656</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,544</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>