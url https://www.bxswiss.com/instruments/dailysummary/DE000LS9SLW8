--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rddc106ab23454404" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc19d494bab4961" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra26ab4db5d374755"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eaace6f976b451e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62865c99e2e24055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra26ab4db5d374755" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R066c11d5d6b74c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eaace6f976b451e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gambling and Betting World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>