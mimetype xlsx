--- v2 (2025-11-14)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabc19d494bab4961" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393052083a13477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0eaace6f976b451e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d09f988c59b4501"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R066c11d5d6b74c43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0eaace6f976b451e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c7ff520f0544f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d09f988c59b4501" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gambling and Betting World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>131,201</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>