--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R393052083a13477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cda462118f4c99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d09f988c59b4501"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc551e5acbf94e57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5c7ff520f0544f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d09f988c59b4501" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c47d8234b844231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc551e5acbf94e57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gambling and Betting World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>134,696</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>