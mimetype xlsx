--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83cda462118f4c99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43cddd48345143d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc551e5acbf94e57"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77a8e7e658b74af9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c47d8234b844231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc551e5acbf94e57" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60af9e2cead4441" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77a8e7e658b74af9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Gambling and Betting World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLW8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,558</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>126,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,778</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>