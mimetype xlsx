--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R797b49527d474de1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ab41beb5e74466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61eaff0f1da94d25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2477725365db4f48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c354b84bd584ca7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61eaff0f1da94d25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d79dc9b01d4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2477725365db4f48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,275 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...223 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -584,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>