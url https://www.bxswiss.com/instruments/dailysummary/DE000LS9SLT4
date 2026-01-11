--- v1 (2025-10-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39ab41beb5e74466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22275d61dbce444d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2477725365db4f48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea363b712bb4598"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d79dc9b01d4747" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2477725365db4f48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690d41018b5e4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea363b712bb4598" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>69,735</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>83,483</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,124</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>