--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22275d61dbce444d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2854a1fb1949a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ea363b712bb4598"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1188224d5fb34cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690d41018b5e4ef4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ea363b712bb4598" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f33bebdc6e14361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1188224d5fb34cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>68,738</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>68,201</x:t>
-[...431 lines deleted...]
-          <x:t>77,124</x:t>
+          <x:t>64,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>