--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9f2854a1fb1949a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5adfba2878f64771" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1188224d5fb34cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra66d90d0c59f4c44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f33bebdc6e14361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1188224d5fb34cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb84b13ad69174267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra66d90d0c59f4c44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5G Beyond2030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>57,437</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>55,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,812</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,537</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,654</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>