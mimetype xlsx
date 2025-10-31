--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R371dd7ae28634054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra952cceb43c14a24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4b18ffd2beb4820"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcedaf6a8176549b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra55787c7ff0844fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4b18ffd2beb4820" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R656386b78c1b42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcedaf6a8176549b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Doubtless Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>223,611</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>223,312</x:t>
-[...593 lines deleted...]
-          <x:t>222,451</x:t>
+          <x:t>220,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>