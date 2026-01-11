--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra952cceb43c14a24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e485238f28c4e17" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcedaf6a8176549b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1afdd01e4d5549a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R656386b78c1b42fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcedaf6a8176549b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5603e77c47154975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1afdd01e4d5549a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Doubtless Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>222,291</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>