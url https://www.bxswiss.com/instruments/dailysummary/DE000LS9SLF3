--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e485238f28c4e17" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1581a3c1a35408b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1afdd01e4d5549a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e19d0d3af314d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5603e77c47154975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1afdd01e4d5549a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc58f02d2c2436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e19d0d3af314d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Doubtless Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>221,080</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>