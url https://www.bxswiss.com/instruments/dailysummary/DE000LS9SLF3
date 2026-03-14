--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1581a3c1a35408b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbe3e0306c0c4769" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e19d0d3af314d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98a18bea3db541e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdcc58f02d2c2436a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e19d0d3af314d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff0e967348174fb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98a18bea3db541e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Doubtless Champions</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,085</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>