--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26ddb8b08ae94e74" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7099f8b5dc64a7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra82271b6af62443f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf64a593782494504"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R446755da4e2b423e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra82271b6af62443f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee81527fce1450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf64a593782494504" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...176 lines deleted...]
-          <x:t>73,501</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>77,349</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,655</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>