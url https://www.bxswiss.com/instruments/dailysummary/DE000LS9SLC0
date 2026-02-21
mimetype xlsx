--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7099f8b5dc64a7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R563ee369eeff4ceb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf64a593782494504"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf26da2fe5d964f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ee81527fce1450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf64a593782494504" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69da763560324ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf26da2fe5d964f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>73,655</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>