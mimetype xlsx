--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R563ee369eeff4ceb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd217b81980d24079" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf26da2fe5d964f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R658709f93b264593"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69da763560324ebc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf26da2fe5d964f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e1e766ead934f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R658709f93b264593" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Disruptive Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SLC0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>