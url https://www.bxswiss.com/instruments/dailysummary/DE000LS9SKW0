--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd0c31e69e764a9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2049b4a5b70d48c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a85f8b5f4ba415f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f49f6977f44e58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R232a3a4a15594228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a85f8b5f4ba415f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00609f0672c54c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f49f6977f44e58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Disruptors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,229</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>