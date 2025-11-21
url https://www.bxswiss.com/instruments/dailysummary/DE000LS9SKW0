--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2049b4a5b70d48c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb4bf83533d43e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7f49f6977f44e58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dea796d42904bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00609f0672c54c00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7f49f6977f44e58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf782008512644388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dea796d42904bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Disruptors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,954</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>