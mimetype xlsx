--- v2 (2025-11-21)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb4bf83533d43e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f044005628f41ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dea796d42904bf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba56f0b44a4e4d1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf782008512644388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dea796d42904bf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5ede84813be45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba56f0b44a4e4d1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Disruptors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,879</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,527</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>