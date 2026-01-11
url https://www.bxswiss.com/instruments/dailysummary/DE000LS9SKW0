--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f044005628f41ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d406982b3b4cb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba56f0b44a4e4d1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb996ee2d7fb346f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5ede84813be45bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba56f0b44a4e4d1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8062e13789eb4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb996ee2d7fb346f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Disruptors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,129</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>