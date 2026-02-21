--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98d406982b3b4cb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6c9c12dc374d54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb996ee2d7fb346f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd55709ae554da7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8062e13789eb4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb996ee2d7fb346f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab17d12695f469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd55709ae554da7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Disruptors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>121,518</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>