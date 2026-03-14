--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d6c9c12dc374d54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7c2a303407435c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafd55709ae554da7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f2b466a375b4815"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdab17d12695f469f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafd55709ae554da7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6e979e871814a56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f2b466a375b4815" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Growth Disruptors</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKW0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,176</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,599</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>