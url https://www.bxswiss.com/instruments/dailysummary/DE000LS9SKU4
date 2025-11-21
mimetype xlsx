--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a4059ee426745dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86ceda608e545cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc184f09b86fe48d8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32bec1e26ef14005"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca3da8bc05f84205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc184f09b86fe48d8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0816d11ddcb14618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32bec1e26ef14005" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>168,952</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,856</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>