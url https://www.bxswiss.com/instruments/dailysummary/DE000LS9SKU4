--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc86ceda608e545cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb7afc39c49549fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32bec1e26ef14005"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0d3ff5efb934eba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0816d11ddcb14618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32bec1e26ef14005" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe63d0550e01444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0d3ff5efb934eba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...149 lines deleted...]
-          <x:t>173,464</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,762</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>168,856</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>