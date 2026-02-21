--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb7afc39c49549fd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbe553fa3cc4a4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0d3ff5efb934eba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R752ee2fee48f4c6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe63d0550e01444a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0d3ff5efb934eba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3d20412509e4b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R752ee2fee48f4c6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>174,766</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>174,459</x:t>
-[...220 lines deleted...]
-          <x:t>177,921</x:t>
+          <x:t>176,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,023</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>