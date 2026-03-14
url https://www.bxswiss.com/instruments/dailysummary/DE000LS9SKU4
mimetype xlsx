--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfbe553fa3cc4a4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6831a27f47824f72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R752ee2fee48f4c6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18583a7741d24032"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3d20412509e4b07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R752ee2fee48f4c6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23e741dd694744be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18583a7741d24032" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long-Term Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKU4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>