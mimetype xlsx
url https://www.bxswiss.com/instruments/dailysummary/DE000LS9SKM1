--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17ebb23134dd4ea7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R040702ba4eac4b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11ff0209b6fe4041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5775a4832dd44ffb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R902e5c654de44149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11ff0209b6fe4041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbeed2e6005545b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5775a4832dd44ffb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson USA Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>369,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>362,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>396,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>390,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>370,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>369,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>371,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>