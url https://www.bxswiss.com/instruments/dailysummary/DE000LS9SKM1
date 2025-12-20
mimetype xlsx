--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R040702ba4eac4b1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb75ad35ef154e3b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5775a4832dd44ffb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9ad85bdd064f4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcbeed2e6005545b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5775a4832dd44ffb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R077ed97fde3a4d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9ad85bdd064f4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson USA Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>303,357</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,021</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>