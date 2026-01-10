--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb75ad35ef154e3b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc13e046db540e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref9ad85bdd064f4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47bb2d026a3441f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R077ed97fde3a4d83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref9ad85bdd064f4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99898d1befba4c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47bb2d026a3441f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson USA Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>222,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,187</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>