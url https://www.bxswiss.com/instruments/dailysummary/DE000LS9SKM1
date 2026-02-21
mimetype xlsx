--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cc13e046db540e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2827b06d12ca4263" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47bb2d026a3441f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c2b369dcfc4262"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99898d1befba4c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47bb2d026a3441f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf85c537174a0483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c2b369dcfc4262" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson USA Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>183,187</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>