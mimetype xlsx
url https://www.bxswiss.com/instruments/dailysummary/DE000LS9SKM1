--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2827b06d12ca4263" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc948f5a5c3f24bcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52c2b369dcfc4262"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa85516fe1624cc2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf85c537174a0483b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52c2b369dcfc4262" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R624d2745c0da4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa85516fe1624cc2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Lukson USA Europa</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>141,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,406</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,607</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>