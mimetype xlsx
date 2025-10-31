--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e4c39e3c93b4697" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfacad1bb8bdf4cfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3edddaca957463b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc4b05e13ab24047"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c1aaa4f04dc4644" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3edddaca957463b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f266aeb6b954b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc4b05e13ab24047" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingSmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...225 lines deleted...]
-          <x:t>126,377</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,483</x:t>
-[...404 lines deleted...]
-          <x:t>127,108</x:t>
+          <x:t>125,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>