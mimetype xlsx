--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfacad1bb8bdf4cfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b64ce7d8c5f428d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc4b05e13ab24047"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705916e577194ffe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f266aeb6b954b7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc4b05e13ab24047" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866b4489d2ca4066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705916e577194ffe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingSmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,061</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>