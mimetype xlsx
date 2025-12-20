--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b64ce7d8c5f428d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1d880e77efa4fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R705916e577194ffe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31cf80998162438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R866b4489d2ca4066" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R705916e577194ffe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re791affeff814229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31cf80998162438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingSmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>