--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1d880e77efa4fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f01f8e13aa44dfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31cf80998162438e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa492dd3009b4bf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re791affeff814229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31cf80998162438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8951d7bc98674a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa492dd3009b4bf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingSmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,546</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>