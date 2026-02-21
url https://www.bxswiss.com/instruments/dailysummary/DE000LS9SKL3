--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f01f8e13aa44dfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd02a9c2c5e4e9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa492dd3009b4bf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6154baa8d2004c5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8951d7bc98674a6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa492dd3009b4bf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59a8f9c42514af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6154baa8d2004c5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingSmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,888</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>136,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>