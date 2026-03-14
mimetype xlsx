--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0dd02a9c2c5e4e9f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6497e2af83784348" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6154baa8d2004c5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5f67e953eb41db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra59a8f9c42514af1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6154baa8d2004c5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e16c3cf128a4e62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5f67e953eb41db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rule-Based-InvestingSmallCap</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKL3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,235 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>133,587</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,868</x:t>
-[...259 lines deleted...]
-          <x:t>134,522</x:t>
+          <x:t>133,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,632</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,983</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...165 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,431</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>