--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7af591a52804f1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd476638d3d345a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44c1765f47e846c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a52131e5db4bae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Refa498ab81dd4e0f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44c1765f47e846c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb10472ad66344f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a52131e5db4bae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke US-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>143,500</x:t>
-[...84 lines deleted...]
-        <x:is>
           <x:t>141,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,918</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,488</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,922</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,318</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>