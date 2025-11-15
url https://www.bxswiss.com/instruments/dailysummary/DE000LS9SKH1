--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd476638d3d345a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13001f50980140e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86a52131e5db4bae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f84489f6cb4dd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb10472ad66344f70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86a52131e5db4bae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66043ff48a44bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f84489f6cb4dd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke US-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,725</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,724</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>