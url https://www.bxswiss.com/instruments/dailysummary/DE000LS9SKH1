--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13001f50980140e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9bfff11a7a45d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4f84489f6cb4dd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8c05712f51405e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra66043ff48a44bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4f84489f6cb4dd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3135fc8c0fa4a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8c05712f51405e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke US-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>156,103</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,735</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>149,724</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>