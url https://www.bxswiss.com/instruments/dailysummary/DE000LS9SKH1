--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9bfff11a7a45d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c42bc5694c4851" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac8c05712f51405e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32bf57cde5e4ed6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3135fc8c0fa4a1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac8c05712f51405e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74d4dd9aec2542c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32bf57cde5e4ed6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke US-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>151,583</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,724</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...550 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>