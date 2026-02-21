--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3c42bc5694c4851" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1267207f55c43db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32bf57cde5e4ed6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcb7d1c29e94413c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74d4dd9aec2542c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32bf57cde5e4ed6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e1114cda724888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcb7d1c29e94413c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke US-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>159,645</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>158,713</x:t>
-[...58 lines deleted...]
-          <x:t>162,567</x:t>
+          <x:t>163,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>