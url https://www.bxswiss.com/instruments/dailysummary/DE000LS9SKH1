--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1267207f55c43db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaedd8b826564c52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcb7d1c29e94413c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fea7024c6ed4531"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e1114cda724888" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcb7d1c29e94413c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f6df6d636954d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fea7024c6ed4531" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trendstarke US-Tech Aktien</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKH1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>