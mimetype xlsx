--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8608914ab4e4108" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7dcfde7d8c4377" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R515fdf7a50c84dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10fb8c866fa54717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R835c16bd69a0425d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R515fdf7a50c84dc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f665f515fc64500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10fb8c866fa54717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostics Life Sciences</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>89,135</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,467</x:t>
-[...259 lines deleted...]
-          <x:t>88,412</x:t>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,328</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>88,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,683</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>87,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,672</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,158</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>