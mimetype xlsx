--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b7dcfde7d8c4377" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72d3087608014b77" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10fb8c866fa54717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c31e764c13940d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f665f515fc64500" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10fb8c866fa54717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe4c835ce44c4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c31e764c13940d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostics Life Sciences</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>91,364</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,327</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,827</x:t>
-[...431 lines deleted...]
-          <x:t>93,417</x:t>
+          <x:t>90,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,281</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>