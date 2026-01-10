--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72d3087608014b77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0762f58091574cdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c31e764c13940d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64e0485954fd41ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe4c835ce44c4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c31e764c13940d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8deb43f30943ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64e0485954fd41ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostics Life Sciences</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>94,188</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,381</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...111 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,820</x:t>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>