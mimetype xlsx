--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0762f58091574cdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98072afd9c94941" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64e0485954fd41ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72cd16a15fa44b7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad8deb43f30943ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64e0485954fd41ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a3ca413d09466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72cd16a15fa44b7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostics Life Sciences</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,478</x:t>
-[...387 lines deleted...]
-          <x:t>96,470</x:t>
+          <x:t>92,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>