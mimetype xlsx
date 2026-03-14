--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re98072afd9c94941" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd941788f173c4a78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72cd16a15fa44b7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65a00e4e2dbc43f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34a3ca413d09466e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72cd16a15fa44b7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R922d150f49564f55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65a00e4e2dbc43f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Diagnostics Life Sciences</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SKC2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>94,716</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,846</x:t>
-[...296 lines deleted...]
-          <x:t>93,035</x:t>
+          <x:t>92,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>