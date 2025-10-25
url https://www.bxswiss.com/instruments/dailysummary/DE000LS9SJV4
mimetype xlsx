--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05202b2c7a13475b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd175ce9b923b478d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0f8f29f09854d6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddac3b4084aa42cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R312cde4d29754ebb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0f8f29f09854d6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfee797dc385347de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddac3b4084aa42cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,185 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...392 lines deleted...]
-          <x:t>139,052</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,671</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...160 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>139,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>140,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>142,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>143,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>