--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd175ce9b923b478d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1bd15400b8b41f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddac3b4084aa42cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462f183e60034e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfee797dc385347de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddac3b4084aa42cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15de3337ad642e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462f183e60034e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>144,278</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,941</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>