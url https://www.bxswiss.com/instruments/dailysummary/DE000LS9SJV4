--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1bd15400b8b41f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed2398250eb48ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R462f183e60034e18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069baa01dc0c4025"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re15de3337ad642e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R462f183e60034e18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13a78bb37b04d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069baa01dc0c4025" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>