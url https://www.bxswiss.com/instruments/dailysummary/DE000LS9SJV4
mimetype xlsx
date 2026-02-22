--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ed2398250eb48ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858df3b11bef49b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R069baa01dc0c4025"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c39d76e5c174e07"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13a78bb37b04d13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R069baa01dc0c4025" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2cdb49cba834ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c39d76e5c174e07" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>135,940</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>