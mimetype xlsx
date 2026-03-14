--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858df3b11bef49b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bc9caaeec164461" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c39d76e5c174e07"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4702edf4a5ce4f01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2cdb49cba834ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c39d76e5c174e07" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475c85ef126841a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4702edf4a5ce4f01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Large Growth Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,917</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>