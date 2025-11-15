--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff687c61155545fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R667546ab191b48a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddbb85877a074bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19f552374cf747a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ce1964da444466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddbb85877a074bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb91010d5ce854501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19f552374cf747a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scheier Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...365 lines deleted...]
-          <x:t>95,712</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,099</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>97,916</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,870</x:t>
-[...161 lines deleted...]
-          <x:t>98,715</x:t>
+          <x:t>97,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>