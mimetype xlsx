--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R667546ab191b48a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e7f592752a473e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19f552374cf747a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e8b4fe49c824d44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb91010d5ce854501" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19f552374cf747a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb06d84620448424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e8b4fe49c824d44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scheier Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,432</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,406</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>