--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9e7f592752a473e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d083e90e7a416f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e8b4fe49c824d44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66c6370731f8465a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb06d84620448424f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e8b4fe49c824d44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ab2f1793d04809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66c6370731f8465a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scheier Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>