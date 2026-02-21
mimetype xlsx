--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23d083e90e7a416f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaaa88b017bf4125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66c6370731f8465a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8dea7d894634f37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61ab2f1793d04809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66c6370731f8465a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954d2fdf01164e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8dea7d894634f37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scheier Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>103,883</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,479</x:t>
-[...355 lines deleted...]
-          <x:t>106,110</x:t>
+          <x:t>102,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>