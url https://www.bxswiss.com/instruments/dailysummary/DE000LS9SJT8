--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaaa88b017bf4125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44b1f34fd5114970" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8dea7d894634f37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7322082a3726407c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R954d2fdf01164e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8dea7d894634f37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca5cfc2a2b14d45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7322082a3726407c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Scheier Investment</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJT8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,882</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>