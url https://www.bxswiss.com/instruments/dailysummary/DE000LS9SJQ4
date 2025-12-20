--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd70eb062474957" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ad261e17744da5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9749f45f7f4bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06cf5917e6274ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd241e9b6b2404a77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9749f45f7f4bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56168b0e2bfe4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06cf5917e6274ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matrix-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>132,082</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,836</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,132</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>133,201</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>