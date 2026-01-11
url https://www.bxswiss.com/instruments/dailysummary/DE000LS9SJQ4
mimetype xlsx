--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37ad261e17744da5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc69c63f80b9c42dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R06cf5917e6274ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763a2275de6e44fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56168b0e2bfe4f96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R06cf5917e6274ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e0e3a5a9014598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763a2275de6e44fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matrix-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,470</x:t>
@@ -791,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,991</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>