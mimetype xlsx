--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc69c63f80b9c42dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c9512291d447aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R763a2275de6e44fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5772f1ab0e4944e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47e0e3a5a9014598" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R763a2275de6e44fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd05fbd356b4518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5772f1ab0e4944e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matrix-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,464 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>144,415</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>