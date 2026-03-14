--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54c9512291d447aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1a1cc494b184bdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5772f1ab0e4944e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0130e8561b2b4223"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dd05fbd356b4518" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5772f1ab0e4944e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d4bba0dcae94df0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0130e8561b2b4223" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Matrix-Momentum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJQ4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,229</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>