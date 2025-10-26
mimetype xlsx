--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8692507fc1854951" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70b41e8a1fbc4fbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf32d67f492b44f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3850fc63716f41cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fe6a3a1f7c64cbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf32d67f492b44f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6fe37129f3642c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3850fc63716f41cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders and Newcomers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,477</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>138,446</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>137,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>