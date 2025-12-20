--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70b41e8a1fbc4fbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7456753167954b3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3850fc63716f41cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0128685f934b84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6fe37129f3642c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3850fc63716f41cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9de0215320ac4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0128685f934b84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders and Newcomers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...257 lines deleted...]
-          <x:t>136,798</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...343 lines deleted...]
-          <x:t>138,453</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>