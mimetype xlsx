--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7456753167954b3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b24fb6f405b4d0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e0128685f934b84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d8b66b502d413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9de0215320ac4067" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e0128685f934b84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61986df8a478442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d8b66b502d413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders and Newcomers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>132,235</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,639</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>131,304</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,911</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>