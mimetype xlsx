--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b24fb6f405b4d0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e3d38127e14017" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34d8b66b502d413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R839bc39abab54412"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61986df8a478442f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34d8b66b502d413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf28be2a6436c4636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R839bc39abab54412" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders and Newcomers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>134,911</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>