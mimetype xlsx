--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72e3d38127e14017" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6c8bb0c9f54421f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R839bc39abab54412"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R821c9e4e0fc24056"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf28be2a6436c4636" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R839bc39abab54412" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dde754c6c3c4bf4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R821c9e4e0fc24056" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Leaders and Newcomers</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJP6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>