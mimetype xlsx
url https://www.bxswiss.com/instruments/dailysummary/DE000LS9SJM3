--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0a11b69d21c40d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d6fd125c7c4435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radbd209b84824130"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7203cf4e719b4d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d40774f33a5499a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radbd209b84824130" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R404c3528a0ba4d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7203cf4e719b4d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig 1-2-3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>119,772</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>