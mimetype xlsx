--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8d6fd125c7c4435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e193fb9a7d549af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7203cf4e719b4d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65404773563c46b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R404c3528a0ba4d98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7203cf4e719b4d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8346156406564b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65404773563c46b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig 1-2-3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,417</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>