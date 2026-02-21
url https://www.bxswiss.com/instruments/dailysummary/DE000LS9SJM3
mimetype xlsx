--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e193fb9a7d549af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec4ccfd356c4f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65404773563c46b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c7a48dfbeb4308"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8346156406564b2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65404773563c46b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c292e239a94a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c7a48dfbeb4308" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig 1-2-3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>124,240</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>