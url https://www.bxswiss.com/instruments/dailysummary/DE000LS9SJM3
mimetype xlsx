--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ec4ccfd356c4f3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4e401629b5044fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95c7a48dfbeb4308"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R602af9b7425e4a3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86c292e239a94a35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95c7a48dfbeb4308" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf90470837dc4a54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R602af9b7425e4a3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltig 1-2-3</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJM3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,368</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,009</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>