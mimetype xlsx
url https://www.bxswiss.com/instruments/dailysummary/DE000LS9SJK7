--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra118d604d08349b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff282dc3a4c4fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11702c95e6e34722"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f6735d6abaf409f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdda81e2b80848bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11702c95e6e34722" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c0c3e4f7de4c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f6735d6abaf409f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GABL TRUST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>106,265</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>