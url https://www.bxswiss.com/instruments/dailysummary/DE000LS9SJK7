--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff282dc3a4c4fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6826b3a91c9549dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f6735d6abaf409f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R981de0b8a1b445b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91c0c3e4f7de4c44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f6735d6abaf409f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e8864261de9403a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R981de0b8a1b445b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GABL TRUST</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJK7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,920</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,271</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>