--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f97a6048014d75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dc27b0a2ae4ef6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b034e1f04344f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5479be9a0e33401b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0380381fcf824dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b034e1f04344f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50052e16b714d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5479be9a0e33401b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,567</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>