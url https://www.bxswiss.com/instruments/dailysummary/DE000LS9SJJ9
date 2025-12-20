--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63dc27b0a2ae4ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350c58f8b4d94ee8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5479be9a0e33401b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf20296b8e76e4aa0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb50052e16b714d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5479be9a0e33401b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf772742a44df427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf20296b8e76e4aa0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>266,990</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>