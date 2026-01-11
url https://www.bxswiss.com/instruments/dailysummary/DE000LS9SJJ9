--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R350c58f8b4d94ee8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70347297eb7a4a57" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf20296b8e76e4aa0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363098d70b3a4cfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf772742a44df427e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf20296b8e76e4aa0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17f0ef70da944e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363098d70b3a4cfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>265,488</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>255,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>