--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70347297eb7a4a57" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a548a2479614924" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R363098d70b3a4cfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903310546e9841cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17f0ef70da944e51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R363098d70b3a4cfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d2b40cc6864167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903310546e9841cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,633 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>266,926</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,358</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>