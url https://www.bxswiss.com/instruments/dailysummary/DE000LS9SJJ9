--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a548a2479614924" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra94bbf22b56b4c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R903310546e9841cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92df84648f434e19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d2b40cc6864167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R903310546e9841cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7b8ec0411da4e1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92df84648f434e19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Megatrends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>251,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,607</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -751,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>248,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>247,052</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>249,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,747</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>