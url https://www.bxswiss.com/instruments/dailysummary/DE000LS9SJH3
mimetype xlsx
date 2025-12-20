--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c6252346e5a41c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd4cbcd512bf4376" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc1e3e48f6143e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc160088a42bb46cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re2ad83f5393e409a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc1e3e48f6143e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re989d63fc9744fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc160088a42bb46cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASABLOGCOMMUNITY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>153,668</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>