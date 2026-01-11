--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd4cbcd512bf4376" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e2131602f94584" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc160088a42bb46cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af7a1bb3de24fc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re989d63fc9744fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc160088a42bb46cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2d082be93546a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af7a1bb3de24fc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASABLOGCOMMUNITY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,442</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,918</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,884</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>