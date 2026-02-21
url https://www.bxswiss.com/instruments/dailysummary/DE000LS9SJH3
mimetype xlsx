--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52e2131602f94584" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39c4b5fc63f40a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0af7a1bb3de24fc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25e7c5cfcebb4841"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a2d082be93546a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0af7a1bb3de24fc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb348e86257784678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25e7c5cfcebb4841" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASABLOGCOMMUNITY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>156,884</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>