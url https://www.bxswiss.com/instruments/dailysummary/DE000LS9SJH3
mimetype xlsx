--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra39c4b5fc63f40a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4ddde7aa14634460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25e7c5cfcebb4841"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55c03e2e48634daf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb348e86257784678" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25e7c5cfcebb4841" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e8389614a6d47cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55c03e2e48634daf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CASABLOGCOMMUNITY</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SJH3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,193</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>145,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>