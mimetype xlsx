--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69a780f60e5945ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e4708fe7584639" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra829a7f3b32f4654"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34b56c11aee640fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R711ed2024b204424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra829a7f3b32f4654" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5be364d52254412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34b56c11aee640fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Green World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,651</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>