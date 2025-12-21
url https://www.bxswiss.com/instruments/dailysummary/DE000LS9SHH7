--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74e4708fe7584639" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb218246c5a1447f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34b56c11aee640fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9278cebef00c465e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5be364d52254412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34b56c11aee640fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae8e25303ddb44fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9278cebef00c465e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Green World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>90,285</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>