--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb218246c5a1447f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7326c54e10734fa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9278cebef00c465e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9badf424765642bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae8e25303ddb44fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9278cebef00c465e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R295ab40c56594f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9badf424765642bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Green World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,074</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>