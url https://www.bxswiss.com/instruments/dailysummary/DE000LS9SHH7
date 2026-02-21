--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7326c54e10734fa0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e2f3f07ab2b4f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9badf424765642bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R836b9600545c4be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R295ab40c56594f83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9badf424765642bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c186169f3fe40f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R836b9600545c4be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>New Green World</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHH7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>88,014</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,774</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>