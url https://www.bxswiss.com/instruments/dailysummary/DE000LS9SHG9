--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re09d17e358c8454e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049890db83d94f34" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cbaca967998436c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5563eb3f65c743ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re93faf20a82947ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cbaca967998436c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0193982e7b654924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5563eb3f65c743ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE TECH 2050 Vision Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>