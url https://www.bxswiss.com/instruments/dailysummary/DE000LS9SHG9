--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R049890db83d94f34" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc0052b4fe748ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5563eb3f65c743ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0ad746e37f43b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0193982e7b654924" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5563eb3f65c743ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553b758eceff432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0ad746e37f43b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE TECH 2050 Vision Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,914</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>39,717</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>40,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>