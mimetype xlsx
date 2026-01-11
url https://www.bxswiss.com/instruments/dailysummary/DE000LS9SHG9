--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc0052b4fe748ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ae1b7cf2304c0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a0ad746e37f43b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c9324b61635470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R553b758eceff432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a0ad746e37f43b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd6bf6e476f44a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c9324b61635470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE TECH 2050 Vision Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,247</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,077</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>