--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01ae1b7cf2304c0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14a6cb429354971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c9324b61635470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1947334a364a409e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd6bf6e476f44a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c9324b61635470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb10a4eb733c448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1947334a364a409e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE TECH 2050 Vision Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>45,437</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>44,247</x:t>
-[...431 lines deleted...]
-          <x:t>49,100</x:t>
+          <x:t>41,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>