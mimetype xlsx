--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re14a6cb429354971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7f3821917e94c33" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1947334a364a409e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce85b272509b4238"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb10a4eb733c448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1947334a364a409e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R829459254f934e76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce85b272509b4238" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>FUTURE TECH 2050 Vision Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SHG9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>