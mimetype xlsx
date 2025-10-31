--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf1c2af55ce24bbb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re966315233864662" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd85fe1c54cc42b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114dc7b1324d4df7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a31187b3974125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd85fe1c54cc42b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b5cd888db154faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114dc7b1324d4df7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair Value Calculator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...274 lines deleted...]
-          <x:t>157,312</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...303 lines deleted...]
-          <x:t>160,179</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>