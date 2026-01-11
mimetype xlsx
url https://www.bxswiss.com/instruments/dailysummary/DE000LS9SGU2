--- v1 (2025-10-31)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re966315233864662" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaabd7c20423442c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114dc7b1324d4df7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7ba99a3ecac457e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b5cd888db154faa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114dc7b1324d4df7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a25ce95d254260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7ba99a3ecac457e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair Value Calculator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>156,118</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>