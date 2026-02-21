--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reaabd7c20423442c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19e7294499e4bed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7ba99a3ecac457e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b86b39ccf146dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6a25ce95d254260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7ba99a3ecac457e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56facc38bef44662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b86b39ccf146dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair Value Calculator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>163,563</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,441</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>