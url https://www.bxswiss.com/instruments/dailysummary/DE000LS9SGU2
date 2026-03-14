--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re19e7294499e4bed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2190a4675dcb440f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b86b39ccf146dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08da39aabe2f4cd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56facc38bef44662" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b86b39ccf146dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43a5844a58eb4493" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08da39aabe2f4cd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Fair Value Calculator</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGU2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>163,720</x:t>
-[...630 lines deleted...]
-          <x:t>163,441</x:t>
+          <x:t>162,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>