--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R693117009851446b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8403b1780705499f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87f40d5a064b4ade"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa2507a1a2c46fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe527071cfb7465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87f40d5a064b4ade" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59af9213e03f43bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa2507a1a2c46fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto und autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>