--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8403b1780705499f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a735b291cd4393" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcaa2507a1a2c46fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a1379f50464232"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59af9213e03f43bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcaa2507a1a2c46fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re314567a95b945eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a1379f50464232" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto und autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,606 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...153 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,087</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>