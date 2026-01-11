--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81a735b291cd4393" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fec9057c11c42ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75a1379f50464232"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0259495638fd4780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re314567a95b945eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75a1379f50464232" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01d31135beaf431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0259495638fd4780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto und autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,415 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...363 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>404,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>401,588</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>402,916</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -724,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>