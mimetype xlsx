--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fec9057c11c42ee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11b70889b577448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0259495638fd4780"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033f1449c5734b1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01d31135beaf431f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0259495638fd4780" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf1b1750953412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033f1449c5734b1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto und autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>411,642</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>404,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>