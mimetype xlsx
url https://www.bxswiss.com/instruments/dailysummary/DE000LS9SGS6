--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R11b70889b577448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R065bede0a83e42b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R033f1449c5734b1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b15ee366b6f461d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaf1b1750953412f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R033f1449c5734b1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8829fd9d277e4cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b15ee366b6f461d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>E-Auto und autonomes Fahren</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGS6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>387,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>391,877</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>394,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>389,464</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>376,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>375,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>368,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>374,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>377,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>