--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bf6fced191c4593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd169a8656a4a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ba2be183fbc473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a70e136a4d24f7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc194b294038e4f8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ba2be183fbc473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5689446ac0b74656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a70e136a4d24f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Water</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,894</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>