--- v1 (2025-11-15)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd169a8656a4a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1945ad7cae4a4e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a70e136a4d24f7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab73b85d19a4199"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5689446ac0b74656" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a70e136a4d24f7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff3e1129f4949ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab73b85d19a4199" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Water</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...230 lines deleted...]
-          <x:t>103,470</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,406</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>103,043</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>