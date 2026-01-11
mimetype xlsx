--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd1945ad7cae4a4e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd7f2bb2c3049da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcab73b85d19a4199"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64cacdce2eb458a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff3e1129f4949ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcab73b85d19a4199" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7489f6dd1f04822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64cacdce2eb458a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Water</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,53 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,042</x:t>
@@ -764,31 +339,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>