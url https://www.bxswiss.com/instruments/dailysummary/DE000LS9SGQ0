--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbfd7f2bb2c3049da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831ad6ab3dd64e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd64cacdce2eb458a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra99f5e9db953459a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7489f6dd1f04822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd64cacdce2eb458a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a030f5dd9340c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra99f5e9db953459a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Water</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,57 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...5 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>