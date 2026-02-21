--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R831ad6ab3dd64e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a24824d2e8146ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra99f5e9db953459a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe52e7d82644894"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07a030f5dd9340c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra99f5e9db953459a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442cc16804504f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe52e7d82644894" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Water</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>109,581</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>