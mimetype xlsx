--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a24824d2e8146ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9a4f70c215343a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fe52e7d82644894"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274e8600f38a4247"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442cc16804504f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fe52e7d82644894" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R14962f20e7ac4023" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274e8600f38a4247" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>All Water</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGQ0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>107,322</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,047</x:t>
-[...512 lines deleted...]
-          <x:t>110,492</x:t>
+          <x:t>107,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>