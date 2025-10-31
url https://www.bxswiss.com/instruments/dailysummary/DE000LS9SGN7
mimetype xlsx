--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3ddfc0e347a4580" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe5bafaad4734638" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75263903a0ed4f53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28397ff9608a46c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R540cd07b8ca44477" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75263903a0ed4f53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re499c08ab1f1418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28397ff9608a46c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,724</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,049</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>