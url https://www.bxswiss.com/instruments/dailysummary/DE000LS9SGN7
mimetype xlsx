--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe5bafaad4734638" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b6b292afff414b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R28397ff9608a46c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b8c7e4d10ef4285"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re499c08ab1f1418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R28397ff9608a46c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926e90bdb6c34527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b8c7e4d10ef4285" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>172,590</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,446</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>