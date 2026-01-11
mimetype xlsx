--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05b6b292afff414b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcef4113938048e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b8c7e4d10ef4285"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c7d0f342a954f1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R926e90bdb6c34527" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b8c7e4d10ef4285" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b79eff1aa8478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c7d0f342a954f1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,673</x:t>
@@ -791,31 +319,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>