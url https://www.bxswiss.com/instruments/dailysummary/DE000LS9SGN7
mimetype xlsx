--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcef4113938048e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39295be5be064b94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c7d0f342a954f1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22113d7817e4be5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b79eff1aa8478c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c7d0f342a954f1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65292487a13f4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22113d7817e4be5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,444 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...411 lines deleted...]
-          <x:t>206,800</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>