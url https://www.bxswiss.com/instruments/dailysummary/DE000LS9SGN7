--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39295be5be064b94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fd7f85094b94f7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re22113d7817e4be5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2233f259409e4a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65292487a13f4c5e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re22113d7817e4be5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e0e87982fa94d41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2233f259409e4a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing long</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGN7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>221,196</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>220,426</x:t>
-[...371 lines deleted...]
-        <x:is>
           <x:t>233,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,856</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>232,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,951</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>