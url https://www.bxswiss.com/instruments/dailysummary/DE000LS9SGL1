--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8828b5b16804eb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5c2ed354194859" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ee4059a64fa4746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ead4c8215314fcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5edf340a29484d0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ee4059a64fa4746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd81a688dbc48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ead4c8215314fcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sharpe Ratio Momentum Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>219,346</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,871</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>