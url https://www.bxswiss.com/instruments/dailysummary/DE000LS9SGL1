--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5c2ed354194859" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbded7eae7e73469c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ead4c8215314fcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b05514904b4a15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5fd81a688dbc48cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ead4c8215314fcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5a9b48dd0e4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b05514904b4a15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sharpe Ratio Momentum Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>206,871</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>