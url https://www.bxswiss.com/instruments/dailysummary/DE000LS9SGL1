--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbded7eae7e73469c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd488d94a9e4959" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7b05514904b4a15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76e4611b450e43b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d5a9b48dd0e4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7b05514904b4a15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3841299b5c264db5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76e4611b450e43b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Sharpe Ratio Momentum Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,905</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>205,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,967</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>