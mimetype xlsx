--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd12b20272d7475f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5978dc19c3524921" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666024367a3444d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b3829b718044a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R55604a20eb83492a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666024367a3444d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75285cd0e0c425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b3829b718044a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Future Starts Now</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,090</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,050</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>