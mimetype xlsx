--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5978dc19c3524921" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32f45830ff04104" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60b3829b718044a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re672cb34fa3b43a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf75285cd0e0c425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60b3829b718044a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0333429ff34f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re672cb34fa3b43a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Future Starts Now</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,192</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,315</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>