--- v2 (2025-11-15)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re32f45830ff04104" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb967ba5a4304308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re672cb34fa3b43a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R710bbbac79914312"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a0333429ff34f4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re672cb34fa3b43a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R836b87ab80c84772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R710bbbac79914312" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Future Starts Now</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...576 lines deleted...]
-          <x:t>201,621</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,087</x:t>
-[...53 lines deleted...]
-          <x:t>190,387</x:t>
+          <x:t>199,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,881</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>