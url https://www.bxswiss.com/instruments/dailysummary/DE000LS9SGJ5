--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb967ba5a4304308" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra340b9c318dc43e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R710bbbac79914312"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d5c706a1c3462c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R836b87ab80c84772" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R710bbbac79914312" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8f56b4ebf84ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d5c706a1c3462c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Future Starts Now</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>201,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>200,588</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>