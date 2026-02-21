--- v4 (2026-01-12)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra340b9c318dc43e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4772d148c348c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7d5c706a1c3462c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba66e2a6d14340e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8f56b4ebf84ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7d5c706a1c3462c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0178b5c915534a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba66e2a6d14340e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Future Starts Now</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>213,881</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,817</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>