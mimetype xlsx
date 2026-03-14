--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f4772d148c348c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R974c5258f0504df0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rba66e2a6d14340e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R984e7a6da2a14a27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0178b5c915534a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rba66e2a6d14340e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cb7528158894364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R984e7a6da2a14a27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>The Future Starts Now</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGJ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,909</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,883</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,332</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>181,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>