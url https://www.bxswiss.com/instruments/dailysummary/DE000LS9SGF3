--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62608a6e94a84f16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835e13aaf70343df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1fa660e36b44a63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6aa61e48094bf7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e5e852be0ac487c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1fa660e36b44a63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R409f2dcbf3264906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6aa61e48094bf7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.177,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.185,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.176,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.182,406</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.207,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.209,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.202,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.204,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.188,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>