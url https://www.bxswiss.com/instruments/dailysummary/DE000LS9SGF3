--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R835e13aaf70343df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref55a6a8b11f4b05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd6aa61e48094bf7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5782c01764d54d41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R409f2dcbf3264906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd6aa61e48094bf7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3831ca5d9214722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5782c01764d54d41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>1.215,178</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.165,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.160,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.167,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.178,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.169,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.173,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.175,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.170,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.172,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.162,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.171,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.187,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.190,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.179,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.186,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.183,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.199,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>