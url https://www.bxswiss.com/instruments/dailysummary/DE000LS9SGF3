--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref55a6a8b11f4b05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859649fec5384a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5782c01764d54d41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb331b466112344be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3831ca5d9214722" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5782c01764d54d41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e302373f19e4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb331b466112344be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.202,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.198,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1.207,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1.211,000</x:t>
-[...414 lines deleted...]
-          <x:t>1.208,546</x:t>
+          <x:t>1.212,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.207,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.212,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.237,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.236,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.228,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.239,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.247,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.238,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.245,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>