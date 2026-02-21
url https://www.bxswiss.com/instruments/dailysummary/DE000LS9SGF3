--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R859649fec5384a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R044d0520b9db4b64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb331b466112344be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0a81fde85cc848ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e302373f19e4148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb331b466112344be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4214d101c2b48c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0a81fde85cc848ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GA Sustainable Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGF3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1.245,064</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.235,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.232,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.231,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.233,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.227,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.230,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.224,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.225,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.203,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.193,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.197,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.204,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.201,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.221,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.222,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.200,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.206,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.195,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.196,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.218,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.223,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.211,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.216,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.208,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.209,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.205,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.217,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.220,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.215,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.219,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.214,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.210,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1.213,532</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>