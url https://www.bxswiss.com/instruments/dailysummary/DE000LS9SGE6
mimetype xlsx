--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9223ccd3539e4f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c41b5fc04e43ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac189a4ce5904626"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31030e735d5a4acf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R887f402c060e49be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac189a4ce5904626" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017ef38d7cc847d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31030e735d5a4acf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trendthemen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,792</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>