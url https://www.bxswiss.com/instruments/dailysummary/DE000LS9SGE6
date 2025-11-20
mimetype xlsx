--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3c41b5fc04e43ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3574d1a2d4004bd5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31030e735d5a4acf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8958215dc54420e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R017ef38d7cc847d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31030e735d5a4acf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e44cd82ac044bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8958215dc54420e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trendthemen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>