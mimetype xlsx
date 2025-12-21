--- v2 (2025-11-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3574d1a2d4004bd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4cec04085242c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8958215dc54420e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43833457b514468a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e44cd82ac044bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8958215dc54420e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c2b69f80d34668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43833457b514468a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trendthemen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,262</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>