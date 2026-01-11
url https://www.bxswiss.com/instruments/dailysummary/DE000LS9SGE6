--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a4cec04085242c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd592538820984100" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43833457b514468a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d7eee68c4a4114"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c2b69f80d34668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43833457b514468a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72d6fe412e154abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d7eee68c4a4114" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trendthemen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,952</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>