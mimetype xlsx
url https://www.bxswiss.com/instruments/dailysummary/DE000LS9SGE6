--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd592538820984100" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd54ef80b9dc4561" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R66d7eee68c4a4114"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f89d7bca0544df5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R72d6fe412e154abc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R66d7eee68c4a4114" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96d232142c949f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f89d7bca0544df5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trendthemen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>112,486</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,222</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>117,952</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,391</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>