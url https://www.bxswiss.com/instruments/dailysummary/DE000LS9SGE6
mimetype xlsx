--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd54ef80b9dc4561" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re23e450a7e094cd8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f89d7bca0544df5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8857ee27b5640b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc96d232142c949f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f89d7bca0544df5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf305f823c2664889" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8857ee27b5640b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktien Trendthemen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>112,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>