--- v0 (2025-10-26)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc53646425d56494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5cd2cab4bd54d09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2be03aea2e4410c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8380f412cd334632"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R77229801c86f4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2be03aea2e4410c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6638b8530f4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8380f412cd334632" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Cybercrime Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>173,491</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,838</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>