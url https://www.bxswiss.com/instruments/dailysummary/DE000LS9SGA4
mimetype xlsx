--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5cd2cab4bd54d09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7cc16c39d544009" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8380f412cd334632"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52320e7ca107484b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b6638b8530f4a3e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8380f412cd334632" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf97a8b931c3d4c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52320e7ca107484b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Cybercrime Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>154,714</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,896</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,183</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>