--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7cc16c39d544009" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109e187e68ab477b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52320e7ca107484b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e77bac80cf4aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf97a8b931c3d4c71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52320e7ca107484b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3314fbb3446c45cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e77bac80cf4aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Cybercrime Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...306 lines deleted...]
-          <x:t>147,428</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,657</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>151,183</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,737</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>