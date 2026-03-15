--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R109e187e68ab477b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48104d02ccfb4807" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97e77bac80cf4aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83c8f16e0a3e4db1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3314fbb3446c45cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97e77bac80cf4aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3462ab5b42b4a60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83c8f16e0a3e4db1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Next Digital Cybercrime Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SGA4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>123,556</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,859</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,949</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>