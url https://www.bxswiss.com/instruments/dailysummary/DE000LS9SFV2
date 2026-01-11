--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28085b41819b44b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45caf0321c1a4724" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda5d36ff10d74ed0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5dcf6bcf7b44594"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4e982e9055840d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda5d36ff10d74ed0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560122ddd25c4443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5dcf6bcf7b44594" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy and Urbanisation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,640 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,957</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>113,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,240</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>