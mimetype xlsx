--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45caf0321c1a4724" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaac1b6174624e0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5dcf6bcf7b44594"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e4a3b784e2432d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R560122ddd25c4443" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5dcf6bcf7b44594" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc693385c5a44833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e4a3b784e2432d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy and Urbanisation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,653 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>118,095</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,868</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>