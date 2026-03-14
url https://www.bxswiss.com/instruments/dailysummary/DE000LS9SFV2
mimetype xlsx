--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaac1b6174624e0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4da6e5fe1bec441d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95e4a3b784e2432d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00fd422ce0364b3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc693385c5a44833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95e4a3b784e2432d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R559c9bc6f8694858" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00fd422ce0364b3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Green Energy and Urbanisation</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,435 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...383 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,106</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -771,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,411</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>