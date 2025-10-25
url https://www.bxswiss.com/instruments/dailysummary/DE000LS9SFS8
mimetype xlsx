--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8d0e9619bc04bb6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804dd852ec564f50" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49bb2200c83542b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca3ee77cb1784d0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f2241b6cee4340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49bb2200c83542b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360d338920f24122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca3ee77cb1784d0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>117,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>