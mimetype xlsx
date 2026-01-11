--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R804dd852ec564f50" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cf3295458fa49d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca3ee77cb1784d0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra347d09677074e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R360d338920f24122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca3ee77cb1784d0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ca30afe3a743f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra347d09677074e33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>120,778</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>