--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cf3295458fa49d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00347cd12ab94ec2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra347d09677074e33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b620949e9144f66"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46ca30afe3a743f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra347d09677074e33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42fd721c823449ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b620949e9144f66" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future and Technology</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>120,678</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,742</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>