--- v0 (2025-10-26)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec148bc12c0641d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd363c970e4b4a5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf77500cf53d5447f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd5d4cfa7d34484"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7af8c1ccf9a94dbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf77500cf53d5447f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8834408684f43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd5d4cfa7d34484" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Discoveries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>182,126</x:t>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,935</x:t>
-[...313 lines deleted...]
-          <x:t>176,953</x:t>
+          <x:t>185,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,624</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>182,920</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>