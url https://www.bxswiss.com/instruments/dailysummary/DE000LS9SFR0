--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd363c970e4b4a5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d244d21c07e4e97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fd5d4cfa7d34484"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26523f614f8a4b3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8834408684f43fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fd5d4cfa7d34484" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd75c2a9303524c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26523f614f8a4b3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Discoveries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,772</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>