--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d244d21c07e4e97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde2bf8ede76402f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26523f614f8a4b3c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0aeba8c5b04c7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd75c2a9303524c3b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26523f614f8a4b3c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79b47d177aba4dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0aeba8c5b04c7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Discoveries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,200</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>184,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,182</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>