--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfde2bf8ede76402f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dbac77ca3904e76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb0aeba8c5b04c7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffeb11d35c6741a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R79b47d177aba4dfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb0aeba8c5b04c7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R049e6aba4a9641ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffeb11d35c6741a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Trend Discoveries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFR0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>183,182</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>