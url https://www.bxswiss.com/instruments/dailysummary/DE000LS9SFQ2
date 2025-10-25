--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R025ede6066a747a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61c21ed464c54f06" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbc723b4fefb4e1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra16c03d1a4b64513"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92da11517104417b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbc723b4fefb4e1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc03ef7148e0a4a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra16c03d1a4b64513" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>