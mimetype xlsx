--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61c21ed464c54f06" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb151e230e1b4059" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra16c03d1a4b64513"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd787a68556474947"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc03ef7148e0a4a84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra16c03d1a4b64513" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeec61a634fa416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd787a68556474947" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>193,631</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>