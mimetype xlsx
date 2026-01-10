--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb151e230e1b4059" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97fa40063ae24381" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd787a68556474947"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78175cc7f534bfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdeec61a634fa416f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd787a68556474947" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec50cf8837ba45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78175cc7f534bfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,897</x:t>
@@ -791,31 +346,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,467</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,124</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>