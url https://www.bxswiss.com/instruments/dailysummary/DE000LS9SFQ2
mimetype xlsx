--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97fa40063ae24381" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2f22dd381f4a08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re78175cc7f534bfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca5e0608b67437d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec50cf8837ba45f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re78175cc7f534bfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0855f537b9274b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca5e0608b67437d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,471 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...438 lines deleted...]
-          <x:t>205,618</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>