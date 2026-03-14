--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2f22dd381f4a08" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R027e7dff1a5e49ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ca5e0608b67437d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b2ff056dcb445f8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0855f537b9274b4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ca5e0608b67437d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a1881ff10224f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b2ff056dcb445f8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Space Mining</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFQ2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>206,520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>