--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra59740eee3c048e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538454e2e4cf4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e197ceba961490b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2859fbb9a44a3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd21baa3f7b4742bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e197ceba961490b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc99eb34ad34e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2859fbb9a44a3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TP - Wachstum Umwelt u. Klima</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>59,726</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,837</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>59,964</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,750</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>60,253</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,985</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>