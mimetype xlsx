--- v1 (2025-10-24)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R538454e2e4cf4181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5e8bc61a7fd4a5b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e2859fbb9a44a3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49dcaeb4fb3748f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8fc99eb34ad34e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e2859fbb9a44a3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e66c51346e452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49dcaeb4fb3748f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TP - Wachstum Umwelt u. Klima</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>59,949</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>