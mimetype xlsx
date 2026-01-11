--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5e8bc61a7fd4a5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0bcaa5f559436d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49dcaeb4fb3748f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4474e96fabcb4aa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e66c51346e452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49dcaeb4fb3748f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3dcbfb5a3764bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4474e96fabcb4aa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TP - Wachstum Umwelt u. Klima</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>58,499</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>58,410</x:t>
-[...512 lines deleted...]
-          <x:t>58,236</x:t>
+          <x:t>58,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>