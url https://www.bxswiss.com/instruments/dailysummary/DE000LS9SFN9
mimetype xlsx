--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b0bcaa5f559436d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbbf8ca60bbe4fde" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4474e96fabcb4aa3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffcce9ca44614409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3dcbfb5a3764bb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4474e96fabcb4aa3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeac19ba940c40b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffcce9ca44614409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TP - Wachstum Umwelt u. Klima</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>59,620</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>