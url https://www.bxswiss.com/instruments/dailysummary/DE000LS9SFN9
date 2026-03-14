--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbbf8ca60bbe4fde" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc17e6d5e9ce54e7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rffcce9ca44614409"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b8fcf65edd441c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reeac19ba940c40b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rffcce9ca44614409" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7484ca5d26a74e27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b8fcf65edd441c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>TP - Wachstum Umwelt u. Klima</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFN9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,357</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>