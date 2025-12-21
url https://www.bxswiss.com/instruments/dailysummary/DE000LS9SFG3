--- v0 (2025-11-21)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d98b5c8352d4d94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7c3c74c558848b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c2fb0777e654eea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d71ef172e0343a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31035f771824e9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c2fb0777e654eea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b22ea33dea64fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d71ef172e0343a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BLUE FLAMINGO - just a few...</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...592 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,787</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>