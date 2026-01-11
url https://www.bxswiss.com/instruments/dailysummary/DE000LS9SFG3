--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7c3c74c558848b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8720a39a21e246da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d71ef172e0343a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a85289e1fe24c0f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b22ea33dea64fe6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d71ef172e0343a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41910f612d10462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a85289e1fe24c0f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BLUE FLAMINGO - just a few...</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,621</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>