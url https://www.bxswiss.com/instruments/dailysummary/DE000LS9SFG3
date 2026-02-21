--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8720a39a21e246da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f99722cf0249eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a85289e1fe24c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8297e10b92c94efb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41910f612d10462b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a85289e1fe24c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb11c3c2a947d4edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8297e10b92c94efb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BLUE FLAMINGO - just a few...</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>92,529</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>