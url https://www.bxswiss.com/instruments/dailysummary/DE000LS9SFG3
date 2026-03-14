--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f99722cf0249eb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb47aac79d0794650" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8297e10b92c94efb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6789ac53663c4410"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb11c3c2a947d4edb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8297e10b92c94efb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50eafd2ec49e48bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6789ac53663c4410" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BLUE FLAMINGO - just a few...</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,864</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>