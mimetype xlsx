--- v0 (2025-10-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f2eea2900bd4397" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78afe02ec25f4cdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7bef724bada477e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdace7201aaf14773"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c85c14aad7e4531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7bef724bada477e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3152d70ef6c84e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdace7201aaf14773" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>elektronisch bezahlen e-payment </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>78,783</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>