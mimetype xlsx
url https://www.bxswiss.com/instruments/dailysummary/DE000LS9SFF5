--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78afe02ec25f4cdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb26dadf0cb24b4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdace7201aaf14773"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4adbe6492234885"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3152d70ef6c84e9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdace7201aaf14773" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R570446cafdb44788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4adbe6492234885" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>elektronisch bezahlen e-payment </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...323 lines deleted...]
-          <x:t>04.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>76,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>76,199</x:t>
-[...306 lines deleted...]
-          <x:t>76,093</x:t>
+          <x:t>76,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>