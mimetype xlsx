--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb26dadf0cb24b4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7db28b1921242dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4adbe6492234885"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc06e0138e3e456b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R570446cafdb44788" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4adbe6492234885" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a778c9489a848f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc06e0138e3e456b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>elektronisch bezahlen e-payment </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>76,663</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,948</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>