--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7db28b1921242dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd32e292c21824236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc06e0138e3e456b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R621ff0ee31b8416e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a778c9489a848f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc06e0138e3e456b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d16f9c1f3de44ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R621ff0ee31b8416e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>elektronisch bezahlen e-payment </x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SFF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,769</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,654</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,589</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>