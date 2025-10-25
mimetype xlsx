--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9548b2963b6b4cb7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069b459562974b82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c3296e399494e0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf61bdc57e4e471b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52b014d1f48b4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c3296e399494e0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5af6c5e8644e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf61bdc57e4e471b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MORIAInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>76,181</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,871</x:t>
-[...512 lines deleted...]
-          <x:t>76,450</x:t>
+          <x:t>75,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,471</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>