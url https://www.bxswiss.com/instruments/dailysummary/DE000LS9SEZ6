--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R069b459562974b82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15924a32c0941f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf61bdc57e4e471b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c58d17f19854d01"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac5af6c5e8644e12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf61bdc57e4e471b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd4c61168674907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c58d17f19854d01" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MORIAInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>75,306</x:t>
-[...144 lines deleted...]
-          <x:t>75,471</x:t>
+          <x:t>74,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,823</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>