--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15924a32c0941f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd81ac992924e07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c58d17f19854d01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670131d1b94e411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dd4c61168674907" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c58d17f19854d01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c5e929ebb4d4c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670131d1b94e411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MORIAInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>75,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,736</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>