--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cd81ac992924e07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa8cf25c5e549f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670131d1b94e411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafc2678f8b7b479b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c5e929ebb4d4c04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670131d1b94e411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996f0073ee0b424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafc2678f8b7b479b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MORIAInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>74,558</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>