--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fa8cf25c5e549f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R694b0c7eb84a40d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafc2678f8b7b479b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Recd687bd69fa4870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R996f0073ee0b424e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafc2678f8b7b479b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf752a07d21d24d2a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Recd687bd69fa4870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>MORIAInvest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9SEZ6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,152</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,213</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>72,803</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>73,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>